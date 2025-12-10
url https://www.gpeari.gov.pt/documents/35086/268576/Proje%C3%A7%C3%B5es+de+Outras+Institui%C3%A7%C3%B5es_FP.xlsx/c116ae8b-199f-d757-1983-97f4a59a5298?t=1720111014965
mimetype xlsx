--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\wh0210\DPG\30. PROJETOS_CANDIDATURAS\03 PROJETO PORTAL GPEARI\WEBSITE\CONTEUDOS-CONTRIBUTOS\INCORPORADOS\DAEP-DPFP\Projecoes\Financas Publicas\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3F2E689-B566-4544-B0AE-EB3C6C2C5F06}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{03F18E40-EFCB-45B8-AB60-7590C2AC7816}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Projeções outras Intituições" sheetId="14" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="__123Graph_A" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_AECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_B" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_C" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_CECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_D" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_DECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_E" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_EECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_X" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XECTOT" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">0</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="anscount" hidden="1">1</definedName>
     <definedName name="Designação_TI">#REF!</definedName>
     <definedName name="GCOMB_01_DATAS">OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,-2,#REF!-#REF!,1)</definedName>
     <definedName name="GCOMB_01_DIF">OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,#REF!-2,#REF!-#REF!,1)-OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,#REF!-2,#REF!-#REF!,1)</definedName>
@@ -144,51 +144,51 @@
     <definedName name="HTMLCount" hidden="1">2</definedName>
     <definedName name="month">#REF!</definedName>
     <definedName name="monthNames">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="36">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>CFP</t>
   </si>
   <si>
     <t>OCDE</t>
   </si>
   <si>
     <t>FMI</t>
   </si>
   <si>
     <t>CE</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>INE</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">2025 </t>
     </r>
@@ -320,242 +320,242 @@
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>p</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> previsão. * Inclui receitas de capital.</t>
     </r>
   </si>
   <si>
     <t>BdP</t>
+  </si>
+  <si>
+    <t>Projecções de outras instituições 2025-2030 [14.10.2025]</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2028 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>p</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2029 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>p</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2030 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>p</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Fontes:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Instituto Nacional de Estatística [INE]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - Contas Nacionais Trimestrais ;Banco de Portugal</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> [BdP]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Boletim Económico, 13 de dezembro de 2024; </t>
+      <t xml:space="preserve"> - Boletim Económico, 6 de junho de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Conselho de Finanças Públicas [CFP]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Perspetivas Económicas e Orçamentais 2025-2029, 10 de abril de 2025; </t>
+      <t xml:space="preserve"> - Perspetivas Económicas e Orçamentais 2025-2029 (atualização), 22 de setembro de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Comissão Europeia [CE]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - European Economic Forecast: Autumn 2024, 15 de novembro de 2024; </t>
+      <t xml:space="preserve"> - European Economic Forecast: Spring 2025, 19 de maio de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Fundo Monetário Internacional [FMI]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> -World Economic Outlook, 22 de abril de 2025; </t>
+      <t xml:space="preserve"> -World Economic Outlook, 14 de outubro de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Organização para a Cooperação e Desenvolvimento Económico [OCDE]</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Economic Outlook nº 116, 4 de dezembro de  2024.</t>
-[...54 lines deleted...]
-    <t>Projecções de outras instituições 2025-2030 [22.04.2025]</t>
+      <t>Economic Outlook nº 117, 3 de junho de  2025.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="6" formatCode="#,##0\ &quot;€&quot;;[Red]\-#,##0\ &quot;€&quot;"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0_)_)_)"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1023,93 +1023,93 @@
     <xf numFmtId="0" fontId="7" fillId="5" borderId="19" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="12" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="5" fillId="4" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="6" fontId="5" fillId="4" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="6" fontId="5" fillId="4" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="6" fontId="5" fillId="4" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="5" fillId="4" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="23" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="22" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="17">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 10 10 2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 10 10 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 10 11" xfId="13" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 162" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
@@ -1399,1426 +1399,1426 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B4:V30"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="D9" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="B8" sqref="B8"/>
-      <selection pane="bottomRight" activeCell="C2" sqref="C2"/>
+      <selection pane="bottomRight" activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.140625" style="9"/>
     <col min="2" max="2" width="1.5703125" style="9" customWidth="1"/>
     <col min="3" max="3" width="53.85546875" style="9" customWidth="1"/>
     <col min="4" max="4" width="8" style="9" customWidth="1"/>
     <col min="5" max="6" width="9" style="9" customWidth="1"/>
     <col min="7" max="7" width="8.140625" style="9" customWidth="1"/>
     <col min="8" max="8" width="9" style="9" customWidth="1"/>
     <col min="9" max="10" width="8.140625" style="9" customWidth="1"/>
     <col min="11" max="11" width="9" style="9" customWidth="1"/>
     <col min="12" max="12" width="8.140625" style="9" customWidth="1"/>
     <col min="13" max="13" width="9" style="9" customWidth="1"/>
     <col min="14" max="15" width="8.140625" style="9" customWidth="1"/>
     <col min="16" max="16" width="9" style="9" customWidth="1"/>
     <col min="17" max="17" width="8.28515625" style="9" customWidth="1"/>
     <col min="18" max="18" width="8.140625" style="9" customWidth="1"/>
     <col min="19" max="19" width="8.28515625" style="9" customWidth="1"/>
     <col min="20" max="20" width="8.140625" style="9" customWidth="1"/>
     <col min="21" max="16384" width="8.140625" style="9"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B4" s="30" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="30"/>
+      <c r="B4" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" s="27"/>
+      <c r="D4" s="27"/>
     </row>
     <row r="5" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="12"/>
     </row>
     <row r="6" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="31" t="s">
+      <c r="B6" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="32"/>
+      <c r="C6" s="29"/>
       <c r="D6" s="11">
         <v>2024</v>
       </c>
-      <c r="E6" s="37" t="s">
+      <c r="E6" s="34" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="36"/>
       <c r="G6" s="36"/>
       <c r="H6" s="36"/>
-      <c r="I6" s="38"/>
-      <c r="J6" s="37" t="s">
+      <c r="I6" s="35"/>
+      <c r="J6" s="34" t="s">
         <v>8</v>
       </c>
       <c r="K6" s="36"/>
       <c r="L6" s="36"/>
       <c r="M6" s="36"/>
-      <c r="N6" s="38"/>
-      <c r="O6" s="37" t="s">
+      <c r="N6" s="35"/>
+      <c r="O6" s="34" t="s">
         <v>9</v>
       </c>
       <c r="P6" s="36"/>
       <c r="Q6" s="36"/>
-      <c r="R6" s="36" t="s">
+      <c r="R6" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="S6" s="36"/>
+      <c r="S6" s="35"/>
       <c r="T6" s="36" t="s">
         <v>33</v>
       </c>
       <c r="U6" s="36"/>
-      <c r="V6" s="24" t="s">
+      <c r="V6" s="38" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="33"/>
-[...1 lines deleted...]
-      <c r="D7" s="28" t="s">
+      <c r="B7" s="30"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="E7" s="37" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="25" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="25" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="J7" s="27" t="s">
+      <c r="J7" s="37" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>4</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>3</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="O7" s="27" t="s">
+      <c r="O7" s="37" t="s">
         <v>30</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="Q7" s="25" t="s">
         <v>3</v>
       </c>
       <c r="R7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="S7" s="25" t="s">
         <v>3</v>
       </c>
       <c r="T7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="U7" s="25" t="s">
         <v>3</v>
       </c>
       <c r="V7" s="25" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="2:22" x14ac:dyDescent="0.2">
-      <c r="B8" s="33"/>
-[...2 lines deleted...]
-      <c r="E8" s="28"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="33"/>
+      <c r="E8" s="32"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
-      <c r="J8" s="28"/>
+      <c r="J8" s="32"/>
       <c r="K8" s="26"/>
       <c r="L8" s="26"/>
       <c r="M8" s="26"/>
       <c r="N8" s="26"/>
-      <c r="O8" s="28"/>
+      <c r="O8" s="32"/>
       <c r="P8" s="26"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="26"/>
       <c r="S8" s="26"/>
       <c r="T8" s="26"/>
       <c r="U8" s="26"/>
       <c r="V8" s="26"/>
     </row>
-    <row r="9" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="17">
-        <v>43.466388058366427</v>
+        <v>43.059336009377375</v>
       </c>
       <c r="E9" s="17" t="s">
         <v>5</v>
       </c>
       <c r="F9" s="17">
-        <v>44.2</v>
+        <v>43.8</v>
       </c>
       <c r="G9" s="17">
-        <v>43.357779999999998</v>
+        <v>44.158427799999998</v>
       </c>
       <c r="H9" s="17">
-        <v>44.174999999999997</v>
+        <v>43.85</v>
       </c>
       <c r="I9" s="17">
-        <v>44.813745859033041</v>
+        <v>44.345208826188085</v>
       </c>
       <c r="J9" s="17" t="s">
         <v>5</v>
       </c>
       <c r="K9" s="17">
-        <v>43.6</v>
+        <v>43.7</v>
       </c>
       <c r="L9" s="17">
-        <v>43.321967899999997</v>
+        <v>44.438057499999999</v>
       </c>
       <c r="M9" s="17">
-        <v>43.930999999999997</v>
+        <v>44.064999999999998</v>
       </c>
       <c r="N9" s="17">
-        <v>44.97763686718276</v>
+        <v>43.788464472617498</v>
       </c>
       <c r="O9" s="17" t="s">
         <v>5</v>
       </c>
       <c r="P9" s="17">
-        <v>42.6</v>
+        <v>42.4</v>
       </c>
       <c r="Q9" s="17">
-        <v>42.872</v>
+        <v>42.381999999999998</v>
       </c>
       <c r="R9" s="17">
         <v>41.9</v>
       </c>
       <c r="S9" s="17">
-        <v>42.917999999999999</v>
+        <v>42.363999999999997</v>
       </c>
       <c r="T9" s="17">
-        <v>41.6</v>
+        <v>41.4</v>
       </c>
       <c r="U9" s="17">
-        <v>42.911000000000001</v>
+        <v>42.365000000000002</v>
       </c>
       <c r="V9" s="17">
-        <v>42.921999999999997</v>
+        <v>42.353999999999999</v>
       </c>
     </row>
-    <row r="10" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="6"/>
       <c r="C10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="17">
-        <v>42.606200253873489</v>
+        <v>42.161569972713046</v>
       </c>
       <c r="E10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="F10" s="17">
-        <v>42.8</v>
+        <v>42.4</v>
       </c>
       <c r="G10" s="17">
-        <v>42.186550500000003</v>
+        <v>42.464305899999999</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="I10" s="17">
-        <v>42.636902986782296</v>
+        <v>42.087098278868261</v>
       </c>
       <c r="J10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="K10" s="17">
-        <v>42</v>
+        <v>42.3</v>
       </c>
       <c r="L10" s="17">
-        <v>41.947016900000001</v>
+        <v>42.225339499999997</v>
       </c>
       <c r="M10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="N10" s="17">
-        <v>42.685921494953575</v>
+        <v>42.070769753189794</v>
       </c>
       <c r="O10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="P10" s="17">
-        <v>41.7</v>
+        <v>41.6</v>
       </c>
       <c r="Q10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="R10" s="17">
         <v>41.2</v>
       </c>
       <c r="S10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="T10" s="17">
-        <v>40.9</v>
+        <v>40.799999999999997</v>
       </c>
       <c r="U10" s="17" t="s">
         <v>5</v>
       </c>
       <c r="V10" s="17" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2"/>
       <c r="D11" s="18">
-        <v>24.882815199687197</v>
+        <v>24.549389702563413</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="18">
-        <v>24.8</v>
+        <v>24.5</v>
       </c>
       <c r="G11" s="18">
-        <v>24.170971699999999</v>
+        <v>24.611213599999999</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="I11" s="18">
-        <v>24.365729206409455</v>
+        <v>24.386193483266126</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="K11" s="18">
-        <v>24.3</v>
+        <v>24.4</v>
       </c>
       <c r="L11" s="18">
-        <v>23.868965199999998</v>
+        <v>24.5286589</v>
       </c>
       <c r="M11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="N11" s="18">
-        <v>24.325941791592982</v>
+        <v>24.292891385526062</v>
       </c>
       <c r="O11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="P11" s="18">
-        <v>24.3</v>
+        <v>24.1</v>
       </c>
       <c r="Q11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="R11" s="18">
-        <v>24.3</v>
+        <v>24</v>
       </c>
       <c r="S11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="T11" s="18">
-        <v>24.2</v>
+        <v>23.8</v>
       </c>
       <c r="U11" s="18" t="s">
         <v>5</v>
       </c>
       <c r="V11" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="19">
-        <v>12.583150299928866</v>
+        <v>12.397732543979089</v>
       </c>
       <c r="E12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="F12" s="19">
         <v>12.8</v>
       </c>
       <c r="G12" s="19">
-        <v>12.558451</v>
+        <v>12.6504134</v>
       </c>
       <c r="H12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="I12" s="19">
-        <v>12.6557088632023</v>
+        <v>12.745133771019921</v>
       </c>
       <c r="J12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="K12" s="19">
+        <v>12.9</v>
+      </c>
+      <c r="L12" s="19">
+        <v>12.655377</v>
+      </c>
+      <c r="M12" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="N12" s="19">
+        <v>12.885475752842392</v>
+      </c>
+      <c r="O12" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="P12" s="19">
+        <v>12.9</v>
+      </c>
+      <c r="Q12" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="R12" s="19">
+        <v>12.8</v>
+      </c>
+      <c r="S12" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="T12" s="19">
         <v>12.7</v>
       </c>
-      <c r="L12" s="19">
-[...25 lines deleted...]
-      </c>
       <c r="U12" s="19" t="s">
         <v>5</v>
       </c>
       <c r="V12" s="40" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="13" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="19">
-        <v>6.0004225587503663</v>
+        <v>6.1122137628348732</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="F13" s="19">
-        <v>6.6</v>
+        <v>6.4</v>
       </c>
       <c r="G13" s="19">
-        <v>6.6283571999999999</v>
+        <v>6.8968009000000006</v>
       </c>
       <c r="H13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="I13" s="19">
-        <v>7.792307789421363</v>
+        <v>7.2138815719021627</v>
       </c>
       <c r="J13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="K13" s="19">
-        <v>6.6</v>
+        <v>6.4</v>
       </c>
       <c r="L13" s="19">
-        <v>6.9017470000000003</v>
+        <v>7.2540215999999997</v>
       </c>
       <c r="M13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="N13" s="19">
-        <v>7.853201072025719</v>
+        <v>6.6100973342489606</v>
       </c>
       <c r="O13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="P13" s="19">
-        <v>5.6000000000000005</v>
+        <v>5.3999999999999995</v>
       </c>
       <c r="Q13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="R13" s="19">
         <v>5.1000000000000005</v>
       </c>
       <c r="S13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="T13" s="19">
-        <v>5</v>
+        <v>4.8999999999999995</v>
       </c>
       <c r="U13" s="19" t="s">
         <v>5</v>
       </c>
       <c r="V13" s="40" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="14" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="17">
-        <v>42.767124950589832</v>
+        <v>42.557858082363047</v>
       </c>
       <c r="E14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="17">
-        <v>44.2</v>
+        <v>43.7</v>
       </c>
       <c r="G14" s="17">
-        <v>42.941735299999998</v>
+        <v>44.032096699999997</v>
       </c>
       <c r="H14" s="17">
-        <v>43.655999999999999</v>
+        <v>43.698</v>
       </c>
       <c r="I14" s="17">
-        <v>44.536761270700033</v>
+        <v>44.103113239249076</v>
       </c>
       <c r="J14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="K14" s="17">
-        <v>44.6</v>
+        <v>44.4</v>
       </c>
       <c r="L14" s="17">
-        <v>42.985212400000002</v>
+        <v>45.011955399999998</v>
       </c>
       <c r="M14" s="17">
-        <v>43.82</v>
+        <v>44.029000000000003</v>
       </c>
       <c r="N14" s="17">
-        <v>44.731908031558717</v>
+        <v>44.063491366167113</v>
       </c>
       <c r="O14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="P14" s="17">
-        <v>43.2</v>
+        <v>43.1</v>
       </c>
       <c r="Q14" s="17">
-        <v>42.756</v>
+        <v>42.61</v>
       </c>
       <c r="R14" s="17">
         <v>42.5</v>
       </c>
       <c r="S14" s="17">
-        <v>42.813000000000002</v>
+        <v>42.911999999999999</v>
       </c>
       <c r="T14" s="17">
-        <v>42.2</v>
+        <v>42.3</v>
       </c>
       <c r="U14" s="17">
-        <v>42.816000000000003</v>
+        <v>43.048000000000002</v>
       </c>
       <c r="V14" s="17">
-        <v>42.823999999999998</v>
+        <v>43.264000000000003</v>
       </c>
     </row>
-    <row r="15" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="18">
-        <v>40.707164704537114</v>
+        <v>40.507334444829226</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="18">
-        <v>42.1</v>
+        <v>41.7</v>
       </c>
       <c r="G15" s="18">
-        <v>40.811946499999998</v>
+        <v>41.882851500000001</v>
       </c>
       <c r="H15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="I15" s="18">
-        <v>42.411430784389644</v>
+        <v>41.988435207791085</v>
       </c>
       <c r="J15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="K15" s="18">
-        <v>42.4</v>
+        <v>42.2</v>
       </c>
       <c r="L15" s="18">
-        <v>40.839503899999997</v>
+        <v>42.774717299999999</v>
       </c>
       <c r="M15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="N15" s="18">
-        <v>42.613208639433154</v>
+        <v>41.990200036107716</v>
       </c>
       <c r="O15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="P15" s="18">
-        <v>40.9</v>
+        <v>40.799999999999997</v>
       </c>
       <c r="Q15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="R15" s="18">
-        <v>40.1</v>
+        <v>40.200000000000003</v>
       </c>
       <c r="S15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="T15" s="18">
         <v>39.9</v>
       </c>
       <c r="U15" s="18" t="s">
         <v>5</v>
       </c>
       <c r="V15" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="16" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="20">
-        <v>37.288728128605385</v>
+        <v>36.914460925309399</v>
       </c>
       <c r="E16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F16" s="20">
-        <v>37.700000000000003</v>
+        <v>37.5</v>
       </c>
       <c r="G16" s="20">
-        <v>36.699613999999997</v>
+        <v>37.254514499999999</v>
       </c>
       <c r="H16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I16" s="20">
-        <v>37.47896815875751</v>
+        <v>37.78126169384803</v>
       </c>
       <c r="J16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="K16" s="20">
-        <v>37.6</v>
+        <v>37.799999999999997</v>
       </c>
       <c r="L16" s="20">
-        <v>36.518971100000002</v>
+        <v>37.334545200000001</v>
       </c>
       <c r="M16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="N16" s="20">
-        <v>37.399540095897613</v>
+        <v>37.548733286054308</v>
       </c>
       <c r="O16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="P16" s="20">
-        <v>37.200000000000003</v>
+        <v>37.4</v>
       </c>
       <c r="Q16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="R16" s="20">
-        <v>36.700000000000003</v>
+        <v>37</v>
       </c>
       <c r="S16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="T16" s="20">
-        <v>36.6</v>
+        <v>36.9</v>
       </c>
       <c r="U16" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V16" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="20">
-        <v>5.232609541543443</v>
+        <v>5.2089664463773184</v>
       </c>
       <c r="E17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F17" s="20">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="G17" s="20">
-        <v>5.2901727999999997</v>
+        <v>5.2325948000000002</v>
       </c>
       <c r="H17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="J17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="K17" s="20">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
       <c r="L17" s="20">
-        <v>5.4527625000000004</v>
+        <v>5.2485787000000004</v>
       </c>
       <c r="M17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="N17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="O17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="P17" s="20">
-        <v>5.2</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="Q17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="R17" s="20">
-        <v>4.9000000000000004</v>
+        <v>4.8</v>
       </c>
       <c r="S17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="T17" s="20">
         <v>4.9000000000000004</v>
       </c>
       <c r="U17" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V17" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="18" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="20">
-        <v>10.620176515043745</v>
+        <v>10.476376794443434</v>
       </c>
       <c r="E18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F18" s="20">
-        <v>10.8</v>
+        <v>10.9</v>
       </c>
       <c r="G18" s="20">
-        <v>10.7307215</v>
+        <v>10.839238099999999</v>
       </c>
       <c r="H18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="J18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="K18" s="20">
         <v>10.9</v>
       </c>
       <c r="L18" s="20">
-        <v>10.585631299999999</v>
+        <v>10.8119432</v>
       </c>
       <c r="M18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="N18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="O18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="P18" s="20">
+        <v>11</v>
+      </c>
+      <c r="Q18" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="R18" s="20">
         <v>10.9</v>
       </c>
-      <c r="Q18" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="T18" s="20">
-        <v>10.8</v>
+        <v>10.9</v>
       </c>
       <c r="U18" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V18" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="19" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="1"/>
       <c r="C19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="20">
-        <v>18.158814799812436</v>
+        <v>18.015952798038633</v>
       </c>
       <c r="E19" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="20">
+        <v>18.2</v>
+      </c>
+      <c r="G19" s="20">
+        <v>18.182155699999999</v>
+      </c>
+      <c r="H19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="I19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="J19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="K19" s="20">
+        <v>18.2</v>
+      </c>
+      <c r="L19" s="20">
+        <v>18.380107199999998</v>
+      </c>
+      <c r="M19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="N19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="O19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="P19" s="20">
         <v>18.100000000000001</v>
       </c>
-      <c r="G19" s="20">
-[...11 lines deleted...]
-      <c r="K19" s="20">
+      <c r="Q19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="R19" s="20">
         <v>18</v>
       </c>
-      <c r="L19" s="20">
-[...17 lines deleted...]
-      <c r="R19" s="20">
+      <c r="S19" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="T19" s="20">
         <v>17.899999999999999</v>
       </c>
-      <c r="S19" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U19" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V19" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="20">
-        <v>3.2771272722057692</v>
+        <v>3.2131648864500053</v>
       </c>
       <c r="E20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F20" s="20">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="G20" s="20">
-        <v>3.0748496999999997</v>
+        <v>3.0005259999999998</v>
       </c>
       <c r="H20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="I20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="J20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="K20" s="20">
+        <v>3.5</v>
+      </c>
+      <c r="L20" s="20">
+        <v>2.8939159999999999</v>
+      </c>
+      <c r="M20" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="N20" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="O20" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="P20" s="20">
         <v>3.3</v>
       </c>
-      <c r="L20" s="20">
-[...11 lines deleted...]
-      <c r="P20" s="20">
+      <c r="Q20" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="R20" s="20">
         <v>3.2</v>
       </c>
-      <c r="Q20" s="20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="T20" s="20">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="U20" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V20" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="21" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="20">
-        <v>3.4184365759317257</v>
+        <v>3.5928735195198289</v>
       </c>
       <c r="E21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="F21" s="20">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G21" s="20">
+        <v>4.6283368999999999</v>
+      </c>
+      <c r="H21" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="I21" s="20">
+        <v>4.2071735139431823</v>
+      </c>
+      <c r="J21" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="K21" s="20">
         <v>4.4000000000000004</v>
       </c>
-      <c r="G21" s="20">
-[...13 lines deleted...]
-      </c>
       <c r="L21" s="20">
-        <v>4.3205328000000005</v>
+        <v>5.4401722000000001</v>
       </c>
       <c r="M21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="N21" s="20">
-        <v>5.2136685435353982</v>
+        <v>4.4414667500535518</v>
       </c>
       <c r="O21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="P21" s="20">
-        <v>3.7</v>
+        <v>3.4</v>
       </c>
       <c r="Q21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="R21" s="20">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="S21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="T21" s="20">
-        <v>3.3</v>
+        <v>3</v>
       </c>
       <c r="U21" s="20" t="s">
         <v>5</v>
       </c>
       <c r="V21" s="41" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="22" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="8"/>
       <c r="D22" s="21">
-        <v>2.7592233538293138</v>
+        <v>2.5520015645481462</v>
       </c>
       <c r="E22" s="21" t="s">
         <v>5</v>
       </c>
       <c r="F22" s="21">
         <v>2.1</v>
       </c>
       <c r="G22" s="21">
-        <v>2.5458335000000001</v>
+        <v>2.2755763999999998</v>
       </c>
       <c r="H22" s="21">
-        <v>2.4220000000000002</v>
+        <v>2.04</v>
       </c>
       <c r="I22" s="21">
-        <v>2.1206072794765563</v>
+        <v>2.2385895837312706</v>
       </c>
       <c r="J22" s="21" t="s">
         <v>5</v>
       </c>
       <c r="K22" s="21">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="L22" s="21">
-        <v>2.4824638999999999</v>
+        <v>1.6633403</v>
       </c>
       <c r="M22" s="21">
-        <v>2.0649999999999999</v>
+        <v>1.8280000000000001</v>
       </c>
       <c r="N22" s="21">
-        <v>2.0826497572438907</v>
+        <v>1.6801534608559341</v>
       </c>
       <c r="O22" s="21" t="s">
         <v>5</v>
       </c>
       <c r="P22" s="21">
         <v>1.7</v>
       </c>
       <c r="Q22" s="21">
-        <v>2.0830000000000002</v>
+        <v>1.512</v>
       </c>
       <c r="R22" s="21">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="S22" s="21">
-        <v>1.9610000000000001</v>
+        <v>1.105</v>
       </c>
       <c r="T22" s="21">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="U22" s="21">
-        <v>1.899</v>
+        <v>0.93100000000000005</v>
       </c>
       <c r="V22" s="42">
-        <v>1.85</v>
+        <v>0.67600000000000005</v>
       </c>
     </row>
-    <row r="23" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="1"/>
       <c r="C23" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="22">
-        <v>2.0599602460527184</v>
+        <v>2.0505236375338196</v>
       </c>
       <c r="E23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="22">
-        <v>2.1</v>
+        <v>2</v>
       </c>
       <c r="G23" s="22">
-        <v>2.1297887000000002</v>
+        <v>2.1492452000000002</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="I23" s="22">
-        <v>2.1253304863103892</v>
+        <v>2.11467803145799</v>
       </c>
       <c r="J23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="K23" s="22">
         <v>2.2000000000000002</v>
       </c>
       <c r="L23" s="22">
-        <v>2.1457085</v>
+        <v>2.2372380999999999</v>
       </c>
       <c r="M23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="N23" s="22">
-        <v>2.118699392125567</v>
+        <v>2.0732913300593951</v>
       </c>
       <c r="O23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="P23" s="22">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="R23" s="22">
         <v>2.4</v>
       </c>
       <c r="S23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="T23" s="22">
         <v>2.4</v>
       </c>
       <c r="U23" s="22" t="s">
         <v>5</v>
       </c>
       <c r="V23" s="43" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="24" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="8"/>
       <c r="D24" s="21">
-        <v>0.69926310777659539</v>
+        <v>0.50147792701432681</v>
       </c>
       <c r="E24" s="21">
-        <v>-8.1456314804853491E-2</v>
+        <v>-0.14846189887705918</v>
       </c>
       <c r="F24" s="21">
         <v>0</v>
       </c>
       <c r="G24" s="21">
-        <v>0.41604469999999999</v>
+        <v>0.1263311</v>
       </c>
       <c r="H24" s="21">
-        <v>0.51800000000000002</v>
+        <v>0.152</v>
       </c>
       <c r="I24" s="21">
-        <v>0.27698458833322148</v>
+        <v>0.24209558693901173</v>
       </c>
       <c r="J24" s="21">
-        <v>-1.0271923256173423</v>
+        <v>-1.3487354934950631</v>
       </c>
       <c r="K24" s="21">
-        <v>-1</v>
+        <v>-0.6</v>
       </c>
       <c r="L24" s="21">
-        <v>0.33675539999999998</v>
+        <v>-0.57389780000000001</v>
       </c>
       <c r="M24" s="21">
-        <v>0.111</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="N24" s="21">
-        <v>0.24572883562417616</v>
+        <v>-0.27502689354969034</v>
       </c>
       <c r="O24" s="21">
-        <v>-0.92790428571644412</v>
+        <v>-0.85826831890933875</v>
       </c>
       <c r="P24" s="21">
         <v>-0.6</v>
       </c>
       <c r="Q24" s="21">
-        <v>0.11700000000000001</v>
+        <v>-0.22800000000000001</v>
       </c>
       <c r="R24" s="21">
-        <v>-0.6</v>
+        <v>-0.7</v>
       </c>
       <c r="S24" s="21">
-        <v>0.105</v>
+        <v>-0.54800000000000004</v>
       </c>
       <c r="T24" s="21">
-        <v>-0.6</v>
+        <v>-0.8</v>
       </c>
       <c r="U24" s="21">
-        <v>9.5000000000000001E-2</v>
+        <v>-0.68300000000000005</v>
       </c>
       <c r="V24" s="42">
-        <v>9.9000000000000005E-2</v>
+        <v>-0.91</v>
       </c>
     </row>
-    <row r="25" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="21" t="s">
         <v>5</v>
       </c>
       <c r="E25" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="F25" s="21">
-        <v>-0.1</v>
+      <c r="F25" s="21" t="s">
+        <v>5</v>
       </c>
       <c r="G25" s="21">
-        <v>0.39479999999999998</v>
+        <v>-5.5999999999999999E-3</v>
       </c>
       <c r="H25" s="21">
-        <v>0.21099999999999999</v>
+        <v>-0.10100000000000001</v>
       </c>
       <c r="I25" s="21" t="s">
         <v>5</v>
       </c>
       <c r="J25" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="K25" s="21">
-        <v>-1.1000000000000001</v>
+      <c r="K25" s="21" t="s">
+        <v>5</v>
       </c>
       <c r="L25" s="21">
-        <v>0.20019999999999999</v>
+        <v>-0.81179999999999997</v>
       </c>
       <c r="M25" s="21">
-        <v>-0.11899999999999999</v>
+        <v>-0.38400000000000001</v>
       </c>
       <c r="N25" s="21" t="s">
         <v>5</v>
       </c>
       <c r="O25" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="P25" s="21">
-        <v>-0.7</v>
+      <c r="P25" s="21" t="s">
+        <v>5</v>
       </c>
       <c r="Q25" s="21">
-        <v>2.3E-2</v>
-[...2 lines deleted...]
-        <v>-0.6</v>
+        <v>-0.45500000000000002</v>
+      </c>
+      <c r="R25" s="21" t="s">
+        <v>5</v>
       </c>
       <c r="S25" s="21">
-        <v>3.9E-2</v>
-[...2 lines deleted...]
-        <v>-0.7</v>
+        <v>-0.69799999999999995</v>
+      </c>
+      <c r="T25" s="21" t="s">
+        <v>5</v>
       </c>
       <c r="U25" s="21">
-        <v>5.8000000000000003E-2</v>
+        <v>-0.754</v>
       </c>
       <c r="V25" s="42">
-        <v>8.8999999999999996E-2</v>
+        <v>-0.90300000000000002</v>
       </c>
     </row>
-    <row r="26" spans="2:22" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15"/>
       <c r="D26" s="23">
-        <v>94.927351584626479</v>
+        <v>93.591731120384708</v>
       </c>
       <c r="E26" s="21">
-        <v>86.451109093688771</v>
+        <v>91.114612540158674</v>
       </c>
       <c r="F26" s="23">
-        <v>91.8</v>
+        <v>91.2</v>
       </c>
       <c r="G26" s="23">
-        <v>92.941900000000004</v>
+        <v>91.748599999999996</v>
       </c>
       <c r="H26" s="23">
-        <v>91.790999999999997</v>
+        <v>90.944999999999993</v>
       </c>
       <c r="I26" s="23">
-        <v>92.153443073976376</v>
+        <v>91.971690496485621</v>
       </c>
       <c r="J26" s="23">
-        <v>83.544068315721901</v>
+        <v>88.386446288206898</v>
       </c>
       <c r="K26" s="23">
-        <v>90.3</v>
+        <v>89.4</v>
       </c>
       <c r="L26" s="23">
-        <v>90.540899999999993</v>
+        <v>89.6755</v>
       </c>
       <c r="M26" s="23">
-        <v>87.938999999999993</v>
+        <v>86.909000000000006</v>
       </c>
       <c r="N26" s="23">
-        <v>89.301486776221111</v>
+        <v>89.828610850562839</v>
       </c>
       <c r="O26" s="23">
-        <v>81.303692405445531</v>
+        <v>85.788902817378286</v>
       </c>
       <c r="P26" s="23">
-        <v>88.8</v>
+        <v>88.1</v>
       </c>
       <c r="Q26" s="23">
-        <v>84.685000000000002</v>
+        <v>83.891999999999996</v>
       </c>
       <c r="R26" s="23">
-        <v>87.1</v>
+        <v>86.7</v>
       </c>
       <c r="S26" s="23">
-        <v>81.603999999999999</v>
+        <v>81.504000000000005</v>
       </c>
       <c r="T26" s="23">
-        <v>85.4</v>
+        <v>85.6</v>
       </c>
       <c r="U26" s="23">
-        <v>78.704999999999998</v>
+        <v>79.384</v>
       </c>
       <c r="V26" s="23">
-        <v>75.846000000000004</v>
+        <v>77.353999999999999</v>
       </c>
     </row>
     <row r="27" spans="2:22" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="16"/>
       <c r="H27" s="16"/>
       <c r="K27" s="16"/>
       <c r="M27" s="16"/>
     </row>
     <row r="28" spans="2:22" ht="72" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="29" t="s">
-[...8 lines deleted...]
-      <c r="I28" s="29"/>
+      <c r="B28" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="24"/>
+      <c r="D28" s="24"/>
+      <c r="E28" s="24"/>
+      <c r="F28" s="24"/>
+      <c r="G28" s="24"/>
+      <c r="H28" s="24"/>
+      <c r="I28" s="24"/>
       <c r="J28" s="13"/>
       <c r="M28" s="13"/>
       <c r="N28" s="13"/>
       <c r="O28" s="13"/>
       <c r="Q28" s="13"/>
       <c r="R28" s="13"/>
       <c r="S28" s="13"/>
     </row>
     <row r="29" spans="2:22" x14ac:dyDescent="0.2">
       <c r="D29" s="10"/>
     </row>
     <row r="30" spans="2:22" x14ac:dyDescent="0.2">
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="13"/>
       <c r="G30" s="13"/>
       <c r="H30" s="13"/>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="13"/>
       <c r="L30" s="13"/>
       <c r="M30" s="13"/>
       <c r="N30" s="13"/>
       <c r="O30" s="13"/>
       <c r="P30" s="13"/>
       <c r="Q30" s="13"/>
       <c r="R30" s="13"/>
       <c r="S30" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="27">
+    <mergeCell ref="O7:O8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="M7:M8"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="S7:S8"/>
+    <mergeCell ref="R7:R8"/>
+    <mergeCell ref="P7:P8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="N7:N8"/>
+    <mergeCell ref="Q7:Q8"/>
+    <mergeCell ref="T7:T8"/>
     <mergeCell ref="B28:I28"/>
     <mergeCell ref="U7:U8"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B6:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="I7:I8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="R6:S6"/>
     <mergeCell ref="T6:U6"/>
     <mergeCell ref="E6:I6"/>
     <mergeCell ref="J6:N6"/>
     <mergeCell ref="O6:Q6"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="J7:J8"/>
-    <mergeCell ref="O7:O8"/>
-[...9 lines deleted...]
-    <mergeCell ref="V7:V8"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Projeções outras Intituições</vt:lpstr>