--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\wh0210\DPG\30. PROJETOS_CANDIDATURAS\03 PROJETO PORTAL GPEARI\WEBSITE\CONTEUDOS-CONTRIBUTOS\INCORPORADOS\DAEP-DPFP\Projecoes\Analise Macroeconomica\Projecoes Outras Instituicoes\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{952D6AA4-2D3D-4D31-8AAD-ECBE4F346C64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F49C58EE-EFFB-48A8-AFD6-4A0BE52602C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Projeções" sheetId="14" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="__123Graph_A" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_AECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_B" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_C" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_CECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_D" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_DECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_E" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_EECTOT" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_X" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XECTOT" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">0</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="anscount" hidden="1">1</definedName>
     <definedName name="Designação_TI">#REF!</definedName>
     <definedName name="GCOMB_01_DATAS">OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,-2,#REF!-#REF!,1)</definedName>
     <definedName name="GCOMB_01_DIF">OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,#REF!-2,#REF!-#REF!,1)-OFFSET(#REF!,COUNTA(#REF!)-#REF!+#REF!,#REF!-2,#REF!-#REF!,1)</definedName>
@@ -144,51 +144,51 @@
     <definedName name="HTMLCount" hidden="1">2</definedName>
     <definedName name="month">#REF!</definedName>
     <definedName name="monthNames">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="44">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>PIB</t>
   </si>
   <si>
     <t>Consumo privado</t>
   </si>
   <si>
     <t>Consumo público</t>
   </si>
   <si>
     <t>Investimento (FBCF)</t>
   </si>
   <si>
     <t>Exportações de bens e serviços</t>
   </si>
   <si>
     <t>Importações de bens e serviços</t>
   </si>
   <si>
     <t>Procura interna</t>
   </si>
   <si>
@@ -463,160 +463,160 @@
         <u/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Fontes:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Instituto Nacional de Estatística [INE]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Contas Nacionais Trimestrais, 26 de março 2025; </t>
+      <t xml:space="preserve"> - Contas Nacionais Trimestrais, 23 de setembro de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Banco de Portugal [BdP] </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>- Boletim Económico, 20 de março de 2025;</t>
+      <t>- Boletim Económico, 7 de outubro de 2025;</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Conselho de Finanças Públicas [CFP]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Perspetivas Económicas e Orçamentais 2025-2029, 10 de abril de 2025; </t>
+      <t xml:space="preserve"> - Perspetivas Económicas e Orçamentais 2025-2029 (atualização), 22 de setembro de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Comissão Europeia [CE]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - European Economic Forecast: Autumn 2024, 15 de novembro de 2024; </t>
+      <t xml:space="preserve"> - European Economic Forecast: Spring 2025, 19 de maio de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Fundo Monetário Internacional [FMI]</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - World Economic Outlook, 22 de abril de 2025; </t>
+      <t xml:space="preserve"> - World Economic Outlook, 14 de outubro de 2025; </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Organização para a Cooperação e Desenvolvimento Económico [OCDE]</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> - Economic Outlook</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>, 4 de dezembro de 2024 (Versão Preliminar).</t>
-[...3 lines deleted...]
-    <t>Projecções de outras instituições 2025-2030 [22.04.2025]</t>
+      <t>, 3 de junho de 2025 (Versão Preliminar).</t>
+    </r>
+  </si>
+  <si>
+    <t>Projecções de outras instituições 2025-2030 [14.10.2025]</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">2028 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>p</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">2029 </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1282,94 +1282,94 @@
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="26" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="2" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="3" borderId="6" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="5" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="23" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="1" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="27" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="28" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="3" borderId="28" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="28" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="29" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="17">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 10 10 2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 10 10 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 10 11" xfId="13" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 162" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 163" xfId="9" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 164" xfId="2" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 24" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 67" xfId="1" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Percentagem 10" xfId="11" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percentagem 4" xfId="4" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Percentagem 72" xfId="8" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Vírgula 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Vírgula 6" xfId="10" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -1638,1672 +1638,1672 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B3:V37"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="9" topLeftCell="D10" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="B9" sqref="B9"/>
-      <selection pane="bottomRight" activeCell="C2" sqref="C2"/>
+      <selection pane="bottomRight" activeCell="Z34" sqref="Z34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.140625" style="27"/>
     <col min="2" max="2" width="1.5703125" style="27" customWidth="1"/>
     <col min="3" max="3" width="53.85546875" style="27" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="27" customWidth="1"/>
     <col min="5" max="19" width="8.140625" style="27" customWidth="1"/>
     <col min="20" max="16384" width="8.140625" style="27"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="53" t="s">
+      <c r="B3" s="55" t="s">
         <v>40</v>
       </c>
-      <c r="C3" s="53"/>
-      <c r="D3" s="53"/>
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
     </row>
     <row r="4" spans="2:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="27" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="33"/>
     </row>
     <row r="6" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="54" t="s">
+      <c r="B6" s="56" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="50"/>
+      <c r="C6" s="52"/>
       <c r="D6" s="34">
         <v>2024</v>
       </c>
       <c r="E6" s="49" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="49"/>
       <c r="G6" s="49"/>
       <c r="H6" s="49"/>
       <c r="I6" s="49"/>
       <c r="J6" s="49" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="49"/>
       <c r="L6" s="49"/>
       <c r="M6" s="49"/>
       <c r="N6" s="49"/>
       <c r="O6" s="49" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="49"/>
       <c r="Q6" s="49"/>
       <c r="R6" s="49" t="s">
         <v>41</v>
       </c>
       <c r="S6" s="49"/>
       <c r="T6" s="49" t="s">
         <v>42</v>
       </c>
       <c r="U6" s="49"/>
       <c r="V6" s="48" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="2:22" ht="14.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="54"/>
-[...1 lines deleted...]
-      <c r="D7" s="56" t="s">
+      <c r="B7" s="56"/>
+      <c r="C7" s="52"/>
+      <c r="D7" s="50" t="s">
         <v>23</v>
       </c>
-      <c r="E7" s="56" t="s">
+      <c r="E7" s="50" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="50" t="s">
+      <c r="F7" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="G7" s="51" t="s">
+      <c r="G7" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="H7" s="50" t="s">
+      <c r="H7" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="I7" s="51" t="s">
+      <c r="I7" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="56" t="s">
+      <c r="J7" s="50" t="s">
         <v>16</v>
       </c>
-      <c r="K7" s="50" t="s">
+      <c r="K7" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="L7" s="51" t="s">
+      <c r="L7" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="M7" s="50" t="s">
+      <c r="M7" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="N7" s="51" t="s">
+      <c r="N7" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="O7" s="56" t="s">
+      <c r="O7" s="50" t="s">
         <v>16</v>
       </c>
-      <c r="P7" s="50" t="s">
+      <c r="P7" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="Q7" s="50" t="s">
+      <c r="Q7" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="R7" s="50" t="s">
+      <c r="R7" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="S7" s="50" t="s">
+      <c r="S7" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="T7" s="50" t="s">
+      <c r="T7" s="52" t="s">
         <v>17</v>
       </c>
-      <c r="U7" s="50" t="s">
+      <c r="U7" s="52" t="s">
         <v>19</v>
       </c>
-      <c r="V7" s="50" t="s">
+      <c r="V7" s="52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="2:22" x14ac:dyDescent="0.2">
-      <c r="B8" s="55"/>
-[...19 lines deleted...]
-      <c r="V8" s="51"/>
+      <c r="B8" s="57"/>
+      <c r="C8" s="53"/>
+      <c r="D8" s="51"/>
+      <c r="E8" s="51"/>
+      <c r="F8" s="53"/>
+      <c r="G8" s="54"/>
+      <c r="H8" s="53"/>
+      <c r="I8" s="54"/>
+      <c r="J8" s="51"/>
+      <c r="K8" s="53"/>
+      <c r="L8" s="54"/>
+      <c r="M8" s="53"/>
+      <c r="N8" s="54"/>
+      <c r="O8" s="51"/>
+      <c r="P8" s="53"/>
+      <c r="Q8" s="53"/>
+      <c r="R8" s="53"/>
+      <c r="S8" s="53"/>
+      <c r="T8" s="53"/>
+      <c r="U8" s="53"/>
+      <c r="V8" s="53"/>
     </row>
     <row r="9" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="7"/>
       <c r="E9" s="28"/>
       <c r="F9" s="7"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="37"/>
       <c r="J9" s="28"/>
       <c r="K9" s="7"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="37"/>
       <c r="O9" s="28"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="8"/>
       <c r="R9" s="7"/>
       <c r="S9" s="8"/>
       <c r="T9" s="7"/>
       <c r="U9" s="8"/>
       <c r="V9" s="8"/>
     </row>
     <row r="10" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B10" s="10"/>
       <c r="C10" s="11" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="9">
-        <v>1.9284443172167487</v>
+        <v>2.1396717156728418</v>
       </c>
       <c r="E10" s="12">
-        <v>2.2795005781289319</v>
+        <v>1.9419095348028463</v>
       </c>
       <c r="F10" s="12">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="G10" s="12">
-        <v>1.851074416505627</v>
+        <v>1.7505876843593837</v>
       </c>
       <c r="H10" s="13">
-        <v>1.96</v>
+        <v>1.87</v>
       </c>
       <c r="I10" s="13">
-        <v>2.0428498825861343</v>
+        <v>1.8524377023790093</v>
       </c>
       <c r="J10" s="12">
-        <v>2.0987455146463532</v>
+        <v>2.2336687138475781</v>
       </c>
       <c r="K10" s="12">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="L10" s="12">
-        <v>2.1342287796181525</v>
+        <v>2.2455624522224049</v>
       </c>
       <c r="M10" s="13">
-        <v>1.667</v>
+        <v>2.12</v>
       </c>
       <c r="N10" s="13">
-        <v>1.9681662740056709</v>
+        <v>1.9426480223339964</v>
       </c>
       <c r="O10" s="12">
-        <v>1.6575075131778192</v>
+        <v>1.7317340463700788</v>
       </c>
       <c r="P10" s="12">
         <v>1.6</v>
       </c>
       <c r="Q10" s="13">
         <v>1.4650000000000001</v>
       </c>
       <c r="R10" s="12">
         <v>1.8</v>
       </c>
       <c r="S10" s="13">
         <v>1.65</v>
       </c>
       <c r="T10" s="12">
         <v>1.8</v>
       </c>
       <c r="U10" s="13">
         <v>1.65</v>
       </c>
       <c r="V10" s="9">
         <v>1.65</v>
       </c>
     </row>
     <row r="11" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B11" s="1"/>
       <c r="C11" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="14">
-        <v>3.1840756599210929</v>
+        <v>2.9784150179668512</v>
       </c>
       <c r="E11" s="16">
-        <v>2.7560769435208954</v>
+        <v>3.3104801605976917</v>
       </c>
       <c r="F11" s="16">
-        <v>2.8</v>
+        <v>3.3</v>
       </c>
       <c r="G11" s="16">
-        <v>2.1300365999653126</v>
+        <v>3.249984574980358</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="38">
-        <v>2.0412805940739545</v>
+        <v>2.7962334721920765</v>
       </c>
       <c r="J11" s="16">
-        <v>1.8199454311092893</v>
+        <v>1.9993298560433885</v>
       </c>
       <c r="K11" s="16">
         <v>2.2999999999999998</v>
       </c>
       <c r="L11" s="16">
-        <v>2.2399467657911565</v>
+        <v>2.7600380372370115</v>
       </c>
       <c r="M11" s="15" t="s">
         <v>21</v>
       </c>
       <c r="N11" s="38">
-        <v>1.6643476573234146</v>
+        <v>1.602779991436347</v>
       </c>
       <c r="O11" s="16">
-        <v>1.75996141333232</v>
+        <v>2.01425107153743</v>
       </c>
       <c r="P11" s="16">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="Q11" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="R11" s="16">
         <v>2.1</v>
       </c>
-      <c r="Q11" s="15" t="s">
-[...2 lines deleted...]
-      <c r="R11" s="16">
+      <c r="S11" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="T11" s="16">
         <v>1.9</v>
       </c>
-      <c r="S11" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U11" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="V11" s="58" t="s">
+      <c r="V11" s="59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B12" s="1"/>
       <c r="C12" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D12" s="17">
-        <v>1.1325011503485971</v>
+        <v>1.4657792694808602</v>
       </c>
       <c r="E12" s="18">
-        <v>1.0729892117941944</v>
+        <v>1.6053250833570871</v>
       </c>
       <c r="F12" s="18">
+        <v>1.6</v>
+      </c>
+      <c r="G12" s="18">
+        <v>1.233084721868738</v>
+      </c>
+      <c r="H12" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="19">
+        <v>1.2154569269693454</v>
+      </c>
+      <c r="J12" s="18">
+        <v>1.34771673212677</v>
+      </c>
+      <c r="K12" s="18">
+        <v>2.6</v>
+      </c>
+      <c r="L12" s="18">
+        <v>1.1963908504271314</v>
+      </c>
+      <c r="M12" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="N12" s="19">
+        <v>0.96031248338392194</v>
+      </c>
+      <c r="O12" s="18">
+        <v>0.99330658123865589</v>
+      </c>
+      <c r="P12" s="18">
         <v>1.2</v>
       </c>
-      <c r="G12" s="18">
-[...28 lines deleted...]
-      </c>
       <c r="Q12" s="17" t="s">
         <v>21</v>
       </c>
       <c r="R12" s="18">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="S12" s="17" t="s">
         <v>21</v>
       </c>
       <c r="T12" s="18">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="U12" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="V12" s="59" t="s">
+      <c r="V12" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B13" s="1"/>
       <c r="C13" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="17">
-        <v>2.9561453123377435</v>
+        <v>4.2396446664472398</v>
       </c>
       <c r="E13" s="18">
-        <v>3.9033064119207381</v>
+        <v>3.0007699925933764</v>
       </c>
       <c r="F13" s="18">
-        <v>6.3</v>
+        <v>3.6</v>
       </c>
       <c r="G13" s="18">
-        <v>3.7400070247496586</v>
+        <v>3.4999960265392982</v>
       </c>
       <c r="H13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="I13" s="19">
-        <v>5.2451657145971708</v>
+        <v>3.1887187816215556</v>
       </c>
       <c r="J13" s="18">
-        <v>4.4318773861985932</v>
+        <v>5.341198094307714</v>
       </c>
       <c r="K13" s="18">
         <v>5.5</v>
       </c>
       <c r="L13" s="18">
-        <v>4.199999905755103</v>
+        <v>4.299991263470293</v>
       </c>
       <c r="M13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="19">
-        <v>4.8749710580623935</v>
+        <v>3.6611272031453939</v>
       </c>
       <c r="O13" s="18">
-        <v>5.2886446329324599E-2</v>
+        <v>0.56417560724801774</v>
       </c>
       <c r="P13" s="18">
-        <v>-1.7</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="Q13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="R13" s="18">
-        <v>2</v>
+        <v>1.9</v>
       </c>
       <c r="S13" s="17" t="s">
         <v>21</v>
       </c>
       <c r="T13" s="18">
-        <v>2.2999999999999998</v>
+        <v>1.9</v>
       </c>
       <c r="U13" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="V13" s="59" t="s">
+      <c r="V13" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B14" s="1"/>
       <c r="C14" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="17">
-        <v>3.3657402246493273</v>
+        <v>3.1129146008797681</v>
       </c>
       <c r="E14" s="18">
-        <v>2.7196921775863672</v>
+        <v>1.0912750953618655</v>
       </c>
       <c r="F14" s="18">
-        <v>2.6</v>
+        <v>0.9</v>
       </c>
       <c r="G14" s="18">
-        <v>2.9705525564131419</v>
+        <v>1.6714544403045206</v>
       </c>
       <c r="H14" s="17">
-        <v>2.048</v>
+        <v>1.905</v>
       </c>
       <c r="I14" s="19">
-        <v>3.3349197030028135</v>
+        <v>1.2898746631459594</v>
       </c>
       <c r="J14" s="18">
-        <v>2.9016327638687898</v>
+        <v>2.2452775501892432</v>
       </c>
       <c r="K14" s="18">
+        <v>1.8</v>
+      </c>
+      <c r="L14" s="18">
+        <v>2.8213353226408167</v>
+      </c>
+      <c r="M14" s="17">
+        <v>2.0390000000000001</v>
+      </c>
+      <c r="N14" s="19">
+        <v>2.5769970662553114</v>
+      </c>
+      <c r="O14" s="18">
+        <v>2.8068443629488939</v>
+      </c>
+      <c r="P14" s="18">
         <v>2.4</v>
       </c>
-      <c r="L14" s="18">
-[...13 lines deleted...]
-      </c>
       <c r="Q14" s="17">
-        <v>1.931</v>
+        <v>1.8280000000000001</v>
       </c>
       <c r="R14" s="18">
         <v>2.5</v>
       </c>
       <c r="S14" s="17">
-        <v>1.913</v>
+        <v>1.8080000000000001</v>
       </c>
       <c r="T14" s="18">
         <v>2.5</v>
       </c>
       <c r="U14" s="17">
-        <v>1.8460000000000001</v>
-[...2 lines deleted...]
-        <v>1.8460000000000001</v>
+        <v>1.7210000000000001</v>
+      </c>
+      <c r="V14" s="60">
+        <v>1.7210000000000001</v>
       </c>
     </row>
     <row r="15" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B15" s="1"/>
       <c r="C15" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="17">
-        <v>4.948907369724842</v>
+        <v>4.7556758557366408</v>
       </c>
       <c r="E15" s="18">
-        <v>2.8237252350670019</v>
+        <v>4.6570262041711601</v>
       </c>
       <c r="F15" s="18">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="G15" s="18">
-        <v>4.0803850932736641</v>
+        <v>4.3132167643561647</v>
       </c>
       <c r="H15" s="17">
-        <v>2.8940000000000001</v>
+        <v>3.2240000000000002</v>
       </c>
       <c r="I15" s="19">
-        <v>4.6484200882720463</v>
+        <v>2.3225377781122556</v>
       </c>
       <c r="J15" s="18">
-        <v>3.0488599340227296</v>
+        <v>2.8471149912248563</v>
       </c>
       <c r="K15" s="18">
-        <v>4</v>
+        <v>3.7</v>
       </c>
       <c r="L15" s="18">
-        <v>4.1442430798762198</v>
+        <v>4.0792451662123863</v>
       </c>
       <c r="M15" s="17">
-        <v>2.7189999999999999</v>
+        <v>2.6629999999999998</v>
       </c>
       <c r="N15" s="19">
-        <v>3.9731223607999091</v>
+        <v>2.6555918360727948</v>
       </c>
       <c r="O15" s="18">
-        <v>2.0048251212857053</v>
+        <v>2.3265422685760768</v>
       </c>
       <c r="P15" s="18">
-        <v>1.3</v>
+        <v>1.6</v>
       </c>
       <c r="Q15" s="17">
-        <v>2.113</v>
+        <v>2.117</v>
       </c>
       <c r="R15" s="18">
         <v>2.2000000000000002</v>
       </c>
       <c r="S15" s="17">
-        <v>2.399</v>
+        <v>2.4169999999999998</v>
       </c>
       <c r="T15" s="18">
-        <v>2.2999999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="U15" s="17">
-        <v>2.2240000000000002</v>
-[...2 lines deleted...]
-        <v>2.1429999999999998</v>
+        <v>2.2189999999999999</v>
+      </c>
+      <c r="V15" s="60">
+        <v>2.14</v>
       </c>
     </row>
     <row r="16" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B16" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="43"/>
       <c r="E16" s="35"/>
       <c r="F16" s="35"/>
       <c r="G16" s="35"/>
       <c r="H16" s="35"/>
       <c r="I16" s="39"/>
       <c r="J16" s="35"/>
       <c r="K16" s="35"/>
       <c r="L16" s="35"/>
       <c r="M16" s="35"/>
       <c r="N16" s="39"/>
       <c r="O16" s="35"/>
       <c r="P16" s="35"/>
       <c r="Q16" s="35"/>
       <c r="R16" s="35"/>
       <c r="S16" s="35"/>
       <c r="T16" s="35"/>
       <c r="U16" s="35"/>
-      <c r="V16" s="60"/>
+      <c r="V16" s="61"/>
     </row>
     <row r="17" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="14">
-        <v>2.6425719372284218</v>
+        <v>2.8826355711871452</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="29">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="G17" s="22">
-        <v>2.2999999999999998</v>
+        <v>2.8505876843593838</v>
       </c>
       <c r="H17" s="21" t="s">
         <v>21</v>
       </c>
       <c r="I17" s="47">
-        <v>2.5843498825861344</v>
+        <v>2.2901377023790093</v>
       </c>
       <c r="J17" s="29" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="29">
         <v>2.8</v>
       </c>
       <c r="L17" s="22">
-        <v>2.5</v>
+        <v>2.7455624522224049</v>
       </c>
       <c r="M17" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N17" s="40">
-        <v>2.210966274005671</v>
+        <v>1.9419480223339964</v>
       </c>
       <c r="O17" s="29" t="s">
         <v>21</v>
       </c>
       <c r="P17" s="29">
-        <v>1.1000000000000001</v>
+        <v>1.3</v>
       </c>
       <c r="Q17" s="21" t="s">
         <v>21</v>
       </c>
       <c r="R17" s="29">
-        <v>1.7</v>
+        <v>1.8</v>
       </c>
       <c r="S17" s="21" t="s">
         <v>21</v>
       </c>
       <c r="T17" s="29">
         <v>1.7</v>
       </c>
       <c r="U17" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="V17" s="61" t="s">
+      <c r="V17" s="62" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="21">
-        <v>-0.71412719926043078</v>
+        <v>-0.74318328806392442</v>
       </c>
       <c r="E18" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F18" s="22">
-        <v>-0.8</v>
+        <v>-1.5</v>
       </c>
       <c r="G18" s="18">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="I18" s="19">
+        <v>-0.43769999999999998</v>
+      </c>
+      <c r="J18" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="K18" s="22">
+        <v>-1</v>
+      </c>
+      <c r="L18" s="18">
         <v>-0.5</v>
       </c>
-      <c r="H18" s="17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M18" s="17" t="s">
         <v>21</v>
       </c>
       <c r="N18" s="19">
-        <v>-0.24280000000000002</v>
+        <v>6.9999999999999999E-4</v>
       </c>
       <c r="O18" s="22" t="s">
         <v>21</v>
       </c>
       <c r="P18" s="22">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="Q18" s="17" t="s">
         <v>21</v>
       </c>
       <c r="R18" s="22">
         <v>0.1</v>
       </c>
       <c r="S18" s="17" t="s">
         <v>21</v>
       </c>
       <c r="T18" s="22">
         <v>0.1</v>
       </c>
       <c r="U18" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="V18" s="59" t="s">
+      <c r="V18" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B19" s="4" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="45"/>
       <c r="D19" s="43"/>
       <c r="E19" s="35"/>
       <c r="F19" s="35"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="39"/>
       <c r="J19" s="35"/>
       <c r="K19" s="35"/>
       <c r="L19" s="35"/>
       <c r="M19" s="35"/>
       <c r="N19" s="39"/>
       <c r="O19" s="35"/>
       <c r="P19" s="35"/>
       <c r="Q19" s="35"/>
       <c r="R19" s="35"/>
       <c r="S19" s="35"/>
       <c r="T19" s="35"/>
       <c r="U19" s="35"/>
-      <c r="V19" s="60"/>
+      <c r="V19" s="61"/>
     </row>
     <row r="20" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="18">
-        <v>2.2999999999999998</v>
+        <v>2.6</v>
       </c>
       <c r="G20" s="18">
-        <v>2.1382872713190171</v>
+        <v>2.2027890630598623</v>
       </c>
       <c r="H20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="19">
-        <v>2.0731675038532482</v>
+        <v>2.0879292072227864</v>
       </c>
       <c r="J20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="18">
         <v>2.1</v>
       </c>
       <c r="L20" s="18">
-        <v>1.9160345427226444</v>
+        <v>2.0451566675559363</v>
       </c>
       <c r="M20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="N20" s="19">
-        <v>1.9840450747378366</v>
+        <v>1.9652128027464184</v>
       </c>
       <c r="O20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="P20" s="18">
         <v>1.8</v>
       </c>
       <c r="Q20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="R20" s="18">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="S20" s="18" t="s">
         <v>21</v>
       </c>
       <c r="T20" s="18">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="U20" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="V20" s="59" t="s">
+      <c r="V20" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D21" s="21" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="18" t="s">
         <v>21</v>
       </c>
       <c r="F21" s="18">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="G21" s="18">
-        <v>3.9643661674082509E-2</v>
+        <v>0.24528769234151149</v>
       </c>
       <c r="H21" s="18">
-        <v>0.52800000000000002</v>
+        <v>0.436</v>
       </c>
       <c r="I21" s="19">
-        <v>0.29236600000000001</v>
+        <v>0.36347400000000002</v>
       </c>
       <c r="J21" s="18" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="18">
-        <v>0.3</v>
+        <v>-0.1</v>
       </c>
       <c r="L21" s="18">
-        <v>0.25382069285464492</v>
+        <v>0.44215872664790101</v>
       </c>
       <c r="M21" s="18">
-        <v>0.39600000000000002</v>
+        <v>0.72199999999999998</v>
       </c>
       <c r="N21" s="19">
-        <v>0.27675</v>
+        <v>0.34126400000000001</v>
       </c>
       <c r="O21" s="18" t="s">
         <v>21</v>
       </c>
       <c r="P21" s="18">
+        <v>-0.3</v>
+      </c>
+      <c r="Q21" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="R21" s="18">
+        <v>-0.1</v>
+      </c>
+      <c r="S21" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="T21" s="18">
         <v>0.1</v>
       </c>
-      <c r="Q21" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U21" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="V21" s="59" t="s">
+      <c r="V21" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20"/>
       <c r="D22" s="43"/>
       <c r="E22" s="35"/>
       <c r="F22" s="35"/>
       <c r="G22" s="35"/>
       <c r="H22" s="35"/>
       <c r="I22" s="39"/>
       <c r="J22" s="35"/>
       <c r="K22" s="35"/>
       <c r="L22" s="35"/>
       <c r="M22" s="35"/>
       <c r="N22" s="39"/>
       <c r="O22" s="35"/>
       <c r="P22" s="35"/>
       <c r="Q22" s="35"/>
       <c r="R22" s="35"/>
       <c r="S22" s="35"/>
       <c r="T22" s="35"/>
       <c r="U22" s="35"/>
-      <c r="V22" s="60"/>
+      <c r="V22" s="61"/>
     </row>
     <row r="23" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B23" s="1"/>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="14">
-        <v>4.4305286878544736</v>
+        <v>4.8130769884479507</v>
       </c>
       <c r="E23" s="22">
-        <v>2.9306872260596748</v>
+        <v>4.054906634176163</v>
       </c>
       <c r="F23" s="29">
-        <v>2.6</v>
+        <v>3.6</v>
       </c>
       <c r="G23" s="22">
-        <v>2.5308886102204831</v>
+        <v>3.1160046770230876</v>
       </c>
       <c r="H23" s="21">
-        <v>2.6494172810981542</v>
+        <v>2.9823995107199908</v>
       </c>
       <c r="I23" s="40">
-        <v>2.4283528025338179</v>
+        <v>2.5301398448037018</v>
       </c>
       <c r="J23" s="22">
-        <v>2.5070565651223973</v>
+        <v>2.8542954925944173</v>
       </c>
       <c r="K23" s="29">
         <v>2.4</v>
       </c>
       <c r="L23" s="22">
-        <v>2.1790256871819347</v>
+        <v>2.2459703744370785</v>
       </c>
       <c r="M23" s="21">
-        <v>2.3369164949562649</v>
+        <v>2.2287293273394626</v>
       </c>
       <c r="N23" s="40">
-        <v>2.0870608714822301</v>
+        <v>2.1413529849031088</v>
       </c>
       <c r="O23" s="22">
-        <v>2.2871857973951819</v>
+        <v>2.3341799696705294</v>
       </c>
       <c r="P23" s="29">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q23" s="21">
-        <v>2.0733097754453533</v>
+        <v>2.2567917571024054</v>
       </c>
       <c r="R23" s="29">
         <v>2</v>
       </c>
       <c r="S23" s="21">
-        <v>2.0945726485570137</v>
+        <v>2.079157921315522</v>
       </c>
       <c r="T23" s="29">
         <v>2</v>
       </c>
       <c r="U23" s="21">
-        <v>2.1020368574199866</v>
-[...2 lines deleted...]
-        <v>1.9516050583657574</v>
+        <v>2.0831883990755085</v>
+      </c>
+      <c r="V23" s="62">
+        <v>2.1141264841288976</v>
       </c>
     </row>
     <row r="24" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B24" s="1"/>
       <c r="C24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="21">
         <v>2.6700100160396589</v>
       </c>
       <c r="E24" s="22">
-        <v>2.2996892135289926</v>
+        <v>2.1964011175525116</v>
       </c>
       <c r="F24" s="22">
         <v>2.2999999999999998</v>
       </c>
       <c r="G24" s="22">
-        <v>2.0822739083966146</v>
+        <v>2.1493698450707033</v>
       </c>
       <c r="H24" s="19">
-        <v>1.9490000000000001</v>
+        <v>2.1629999999999998</v>
       </c>
       <c r="I24" s="19">
-        <v>2.16477906640295</v>
+        <v>2.1135945251195705</v>
       </c>
       <c r="J24" s="22">
-        <v>2.0475354922640889</v>
+        <v>1.8597740228920117</v>
       </c>
       <c r="K24" s="22">
         <v>2.1</v>
       </c>
       <c r="L24" s="22">
-        <v>1.8734687970280106</v>
+        <v>2.027960632069381</v>
       </c>
       <c r="M24" s="19">
-        <v>2.0830000000000002</v>
+        <v>2.125</v>
       </c>
       <c r="N24" s="19">
-        <v>2.1017028766853878</v>
+        <v>2.1490995998570814</v>
       </c>
       <c r="O24" s="22">
-        <v>2.0019496636555232</v>
+        <v>1.9843096072352608</v>
       </c>
       <c r="P24" s="22">
         <v>2</v>
       </c>
       <c r="Q24" s="19">
-        <v>2.0270000000000001</v>
+        <v>2.23</v>
       </c>
       <c r="R24" s="22">
         <v>2</v>
       </c>
       <c r="S24" s="19">
-        <v>2.06</v>
+        <v>2.0259999999999998</v>
       </c>
       <c r="T24" s="22">
         <v>2</v>
       </c>
       <c r="U24" s="19">
-        <v>2.0219999999999998</v>
-[...2 lines deleted...]
-        <v>1.8560000000000001</v>
+        <v>2.0030000000000001</v>
+      </c>
+      <c r="V24" s="60">
+        <v>2.0249999999999999</v>
       </c>
     </row>
     <row r="25" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B25" s="20" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="20"/>
       <c r="D25" s="43"/>
       <c r="E25" s="35"/>
       <c r="F25" s="35"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="39"/>
       <c r="J25" s="35"/>
       <c r="K25" s="35"/>
       <c r="L25" s="35"/>
       <c r="M25" s="35"/>
       <c r="N25" s="39"/>
       <c r="O25" s="35"/>
       <c r="P25" s="35"/>
       <c r="Q25" s="35"/>
       <c r="R25" s="35"/>
       <c r="S25" s="35"/>
       <c r="T25" s="35"/>
       <c r="U25" s="35"/>
-      <c r="V25" s="60"/>
+      <c r="V25" s="61"/>
     </row>
     <row r="26" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B26" s="1"/>
       <c r="C26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D26" s="14">
-        <v>1.5982572451066712</v>
+        <v>0.70885266895028831</v>
       </c>
       <c r="E26" s="16">
-        <v>1.3354209770416077</v>
+        <v>1.8389804105688228</v>
       </c>
       <c r="F26" s="16">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="G26" s="16">
-        <v>0.92484659203377895</v>
+        <v>0.99370223219417131</v>
       </c>
       <c r="H26" s="15">
         <v>0.45214770158250595</v>
       </c>
       <c r="I26" s="38">
-        <v>0.53213823138644845</v>
+        <v>1.795077761989269</v>
       </c>
       <c r="J26" s="16">
-        <v>0.71996247344436881</v>
+        <v>0.89926114765562204</v>
       </c>
       <c r="K26" s="16">
-        <v>0.5</v>
+        <v>0.9</v>
       </c>
       <c r="L26" s="16">
-        <v>0.83964718811937455</v>
+        <v>0.89437039286488496</v>
       </c>
       <c r="M26" s="15">
         <v>0.39384846211552027</v>
       </c>
       <c r="N26" s="38">
-        <v>0.43299130943132486</v>
+        <v>0.30073698512587976</v>
       </c>
       <c r="O26" s="16">
-        <v>0.40364925290501219</v>
+        <v>0.48769562448359238</v>
       </c>
       <c r="P26" s="16">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="Q26" s="15" t="s">
         <v>21</v>
       </c>
       <c r="R26" s="16">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="S26" s="15" t="s">
         <v>21</v>
       </c>
       <c r="T26" s="16">
         <v>0</v>
       </c>
       <c r="U26" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="V26" s="58" t="s">
+      <c r="V26" s="59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="17">
         <v>6.4273163231687231</v>
       </c>
       <c r="E27" s="22">
-        <v>6.3937224259866419</v>
+        <v>6.2097578491384526</v>
       </c>
       <c r="F27" s="22">
-        <v>6.5</v>
+        <v>6.1</v>
       </c>
       <c r="G27" s="22">
-        <v>6.3</v>
+        <v>6.4</v>
       </c>
       <c r="H27" s="19">
         <v>6.3810000000000002</v>
       </c>
       <c r="I27" s="19">
-        <v>6.2975259999999995</v>
+        <v>6.3623942499999995</v>
       </c>
       <c r="J27" s="22">
-        <v>6.4383083245520032</v>
+        <v>6.2793147397786022</v>
       </c>
       <c r="K27" s="22">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="L27" s="22">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
       <c r="M27" s="19">
         <v>6.2869999999999999</v>
       </c>
       <c r="N27" s="19">
-        <v>6.2284664999999997</v>
+        <v>6.4173279999999995</v>
       </c>
       <c r="O27" s="22">
-        <v>6.4376947230244479</v>
+        <v>6.2932705870682764</v>
       </c>
       <c r="P27" s="22">
-        <v>6.3</v>
+        <v>5.9</v>
       </c>
       <c r="Q27" s="19">
         <v>6.194</v>
       </c>
       <c r="R27" s="22">
-        <v>6.2</v>
+        <v>5.8</v>
       </c>
       <c r="S27" s="19">
         <v>6.194</v>
       </c>
       <c r="T27" s="22">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="U27" s="19">
         <v>6.194</v>
       </c>
-      <c r="V27" s="59">
+      <c r="V27" s="60">
         <v>6.194</v>
       </c>
     </row>
     <row r="28" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B28" s="1"/>
       <c r="C28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="17">
-        <v>0.32499285033356085</v>
-[...2 lines deleted...]
-        <v>0.93163830769620404</v>
+        <v>1.4207480363478409</v>
+      </c>
+      <c r="E28" s="22" t="s">
+        <v>21</v>
       </c>
       <c r="F28" s="22">
-        <v>1.2</v>
+        <v>0.3</v>
       </c>
       <c r="G28" s="22">
-        <v>0.91774013609939864</v>
+        <v>0.74943826737339236</v>
       </c>
       <c r="H28" s="19" t="s">
         <v>21</v>
       </c>
       <c r="I28" s="19">
-        <v>1.5026443894723316</v>
-[...2 lines deleted...]
-        <v>1.3689272785079538</v>
+        <v>5.741061010911435E-2</v>
+      </c>
+      <c r="J28" s="22" t="s">
+        <v>21</v>
       </c>
       <c r="K28" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="L28" s="22">
+        <v>1.3392145211831075</v>
+      </c>
+      <c r="M28" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="N28" s="19">
+        <v>1.6370477048218683</v>
+      </c>
+      <c r="O28" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="P28" s="22">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="Q28" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="R28" s="22">
         <v>1.5</v>
-      </c>
-[...19 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="S28" s="19" t="s">
         <v>21</v>
       </c>
       <c r="T28" s="22">
         <v>1.7</v>
       </c>
       <c r="U28" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="V28" s="59" t="s">
+      <c r="V28" s="60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B29" s="1"/>
       <c r="C29" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="44">
-        <v>8.0020195536369521</v>
-[...2 lines deleted...]
-        <v>4.3829932325962062</v>
+        <v>7.5205963314834756</v>
+      </c>
+      <c r="E29" s="22">
+        <v>5.0999999999999996</v>
       </c>
       <c r="F29" s="29">
+        <v>6.3</v>
+      </c>
+      <c r="G29" s="22">
         <v>4.9000000000000004</v>
       </c>
-      <c r="G29" s="22">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="30" t="s">
         <v>21</v>
       </c>
       <c r="I29" s="41">
-        <v>5.413542029761409</v>
-[...2 lines deleted...]
-        <v>3.855683903839946</v>
+        <v>4.8976280352991619</v>
+      </c>
+      <c r="J29" s="22">
+        <v>4.0999999999999996</v>
       </c>
       <c r="K29" s="29">
+        <v>4.2</v>
+      </c>
+      <c r="L29" s="22">
+        <v>4</v>
+      </c>
+      <c r="M29" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="N29" s="41">
+        <v>3.5431806907511021</v>
+      </c>
+      <c r="O29" s="22">
+        <v>3.8</v>
+      </c>
+      <c r="P29" s="29">
         <v>3.7</v>
       </c>
-      <c r="L29" s="22">
-[...13 lines deleted...]
-      </c>
       <c r="Q29" s="30" t="s">
         <v>21</v>
       </c>
       <c r="R29" s="29">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="S29" s="30" t="s">
         <v>21</v>
       </c>
       <c r="T29" s="29">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="U29" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="V29" s="62" t="s">
+      <c r="V29" s="63" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B30" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="20"/>
       <c r="D30" s="43"/>
       <c r="E30" s="35"/>
       <c r="F30" s="35"/>
       <c r="G30" s="35"/>
       <c r="H30" s="35"/>
       <c r="I30" s="39"/>
       <c r="J30" s="35"/>
       <c r="K30" s="35"/>
       <c r="L30" s="35"/>
       <c r="M30" s="35"/>
       <c r="N30" s="39"/>
       <c r="O30" s="35"/>
       <c r="P30" s="35"/>
       <c r="Q30" s="35"/>
       <c r="R30" s="35"/>
       <c r="S30" s="35"/>
       <c r="T30" s="35"/>
       <c r="U30" s="35"/>
-      <c r="V30" s="60"/>
+      <c r="V30" s="61"/>
     </row>
     <row r="31" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B31" s="1"/>
       <c r="C31" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D31" s="16">
-        <v>2.8622813991366924</v>
+        <v>2.756703824201542</v>
       </c>
       <c r="E31" s="16">
-        <v>4.5048766050134548</v>
+        <v>3.6245463492460703</v>
       </c>
       <c r="F31" s="16">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
       <c r="G31" s="16">
-        <v>2.1036082</v>
+        <v>2.3512908000000001</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>21</v>
       </c>
       <c r="I31" s="38" t="s">
         <v>21</v>
       </c>
       <c r="J31" s="16">
-        <v>4.6352601452762929</v>
+        <v>4.1668204906459927</v>
       </c>
       <c r="K31" s="16">
-        <v>1.9</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="L31" s="16">
-        <v>1.8455147999999999</v>
+        <v>2.0249792000000002</v>
       </c>
       <c r="M31" s="15" t="s">
         <v>21</v>
       </c>
       <c r="N31" s="38" t="s">
         <v>21</v>
       </c>
       <c r="O31" s="16">
-        <v>3.6908716402716735</v>
+        <v>2.6823497216942336</v>
       </c>
       <c r="P31" s="16">
-        <v>2.4</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="Q31" s="15" t="s">
         <v>21</v>
       </c>
       <c r="R31" s="16">
-        <v>1.9</v>
+        <v>1.8</v>
       </c>
       <c r="S31" s="15" t="s">
         <v>21</v>
       </c>
       <c r="T31" s="16">
-        <v>1.7</v>
+        <v>0.7</v>
       </c>
       <c r="U31" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="V31" s="58" t="s">
+      <c r="V31" s="59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B32" s="1"/>
       <c r="C32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="22">
-        <v>1.7441447397972061</v>
+        <v>1.7364620799800878</v>
       </c>
       <c r="E32" s="22" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="G32" s="22">
+        <v>1.2231027000000001</v>
+      </c>
+      <c r="H32" s="19">
+        <v>1.8120000000000001</v>
+      </c>
+      <c r="I32" s="19">
+        <v>1.0667616853966895</v>
+      </c>
+      <c r="J32" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="K32" s="22">
+        <v>0.6</v>
+      </c>
+      <c r="L32" s="22">
+        <v>0.89279850000000005</v>
+      </c>
+      <c r="M32" s="19">
+        <v>1.9279999999999999</v>
+      </c>
+      <c r="N32" s="19">
+        <v>1.1386880000139774</v>
+      </c>
+      <c r="O32" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="P32" s="22">
+        <v>1.2</v>
+      </c>
+      <c r="Q32" s="19">
+        <v>1.5669999999999999</v>
+      </c>
+      <c r="R32" s="22">
         <v>1</v>
       </c>
-      <c r="G32" s="22">
-[...34 lines deleted...]
-      </c>
       <c r="S32" s="19">
-        <v>1.375</v>
+        <v>1.325</v>
       </c>
       <c r="T32" s="22">
-        <v>1</v>
+        <v>0.3</v>
       </c>
       <c r="U32" s="19">
-        <v>1.5169999999999999</v>
-[...2 lines deleted...]
-        <v>1.272</v>
+        <v>1.448</v>
+      </c>
+      <c r="V32" s="60">
+        <v>1.127</v>
       </c>
     </row>
     <row r="33" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B33" s="1"/>
       <c r="C33" s="23" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="22">
-        <v>1.8182695430112392</v>
+        <v>1.8470412326040118</v>
       </c>
       <c r="E33" s="22">
-        <v>2.3876434350646432</v>
+        <v>1.5621189812297802</v>
       </c>
       <c r="F33" s="22">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="G33" s="22">
-        <v>1.2959484558088172</v>
+        <v>1.3542634796217814</v>
       </c>
       <c r="H33" s="21" t="s">
         <v>21</v>
       </c>
       <c r="I33" s="19">
-        <v>1.1930694804603847</v>
+        <v>1.3878095717726655</v>
       </c>
       <c r="J33" s="22">
-        <v>2.4849162909129134</v>
+        <v>1.5683390635425545</v>
       </c>
       <c r="K33" s="22">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="L33" s="22">
-        <v>0.97561641831085533</v>
+        <v>1.0179448145962497</v>
       </c>
       <c r="M33" s="21" t="s">
         <v>21</v>
       </c>
       <c r="N33" s="19">
-        <v>0.95493187879856078</v>
+        <v>1.3931058259975542</v>
       </c>
       <c r="O33" s="22">
-        <v>3.0450725124924518</v>
+        <v>1.7813916001350079</v>
       </c>
       <c r="P33" s="22">
+        <v>0.5</v>
+      </c>
+      <c r="Q33" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="R33" s="22">
+        <v>0.7</v>
+      </c>
+      <c r="S33" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="T33" s="22">
         <v>0.8</v>
       </c>
-      <c r="Q33" s="21" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="U33" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="V33" s="61" t="s">
+      <c r="V33" s="62" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="2:22" x14ac:dyDescent="0.2">
       <c r="B34" s="24"/>
       <c r="C34" s="25" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="26">
-        <v>1.1181366593394864</v>
+        <v>1.0202417442214542</v>
       </c>
       <c r="E34" s="31" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="31">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="G34" s="26">
-        <v>1.4608380817801832</v>
+        <v>1.1281882897723075</v>
       </c>
       <c r="H34" s="32" t="s">
         <v>21</v>
       </c>
       <c r="I34" s="42" t="s">
         <v>21</v>
       </c>
       <c r="J34" s="31" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="31">
-        <v>1.4</v>
+        <v>1.7</v>
       </c>
       <c r="L34" s="26">
-        <v>1.4691425830630278</v>
+        <v>1.1321805312156148</v>
       </c>
       <c r="M34" s="32" t="s">
         <v>21</v>
       </c>
       <c r="N34" s="42" t="s">
         <v>21</v>
       </c>
       <c r="O34" s="31" t="s">
         <v>21</v>
       </c>
       <c r="P34" s="31">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="Q34" s="32" t="s">
         <v>21</v>
       </c>
       <c r="R34" s="31">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="S34" s="32" t="s">
         <v>21</v>
       </c>
       <c r="T34" s="31">
-        <v>0.6</v>
+        <v>0.4</v>
       </c>
       <c r="U34" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="V34" s="63" t="s">
+      <c r="V34" s="64" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="2:22" ht="14.25" x14ac:dyDescent="0.2">
       <c r="B35" s="27" t="s">
         <v>31</v>
       </c>
       <c r="D35" s="46"/>
       <c r="E35" s="46"/>
       <c r="F35" s="46"/>
       <c r="G35" s="46"/>
       <c r="H35" s="46"/>
       <c r="I35" s="46"/>
       <c r="J35" s="46"/>
       <c r="K35" s="46"/>
       <c r="L35" s="46"/>
       <c r="M35" s="46"/>
       <c r="N35" s="46"/>
       <c r="O35" s="46"/>
       <c r="P35" s="46"/>
       <c r="Q35" s="46"/>
     </row>
     <row r="36" spans="2:22" ht="63.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B36" s="64" t="s">
+      <c r="B36" s="58" t="s">
         <v>39</v>
       </c>
-      <c r="C36" s="64"/>
-[...5 lines deleted...]
-      <c r="I36" s="64"/>
+      <c r="C36" s="58"/>
+      <c r="D36" s="58"/>
+      <c r="E36" s="58"/>
+      <c r="F36" s="58"/>
+      <c r="G36" s="58"/>
+      <c r="H36" s="58"/>
+      <c r="I36" s="58"/>
     </row>
     <row r="37" spans="2:22" x14ac:dyDescent="0.2">
       <c r="D37" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="27">
+    <mergeCell ref="T6:U6"/>
+    <mergeCell ref="T7:T8"/>
+    <mergeCell ref="U7:U8"/>
+    <mergeCell ref="V7:V8"/>
+    <mergeCell ref="G7:G8"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="B6:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="R6:S6"/>
+    <mergeCell ref="R7:R8"/>
+    <mergeCell ref="S7:S8"/>
     <mergeCell ref="B36:I36"/>
     <mergeCell ref="O6:Q6"/>
     <mergeCell ref="O7:O8"/>
     <mergeCell ref="P7:P8"/>
     <mergeCell ref="Q7:Q8"/>
     <mergeCell ref="J6:N6"/>
     <mergeCell ref="J7:J8"/>
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="M7:M8"/>
     <mergeCell ref="N7:N8"/>
     <mergeCell ref="L7:L8"/>
     <mergeCell ref="E6:I6"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="I7:I8"/>
-    <mergeCell ref="B3:D3"/>
-[...9 lines deleted...]
-    <mergeCell ref="G7:G8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Projeções</vt:lpstr>
     </vt:vector>